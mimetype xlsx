--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0c8d0db0fd4510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7f2bee0bc44fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db16a1506a54ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4822dace02346c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92ce391988c429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db16a1506a54ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dcd776215b64a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4822dace02346c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,340</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>