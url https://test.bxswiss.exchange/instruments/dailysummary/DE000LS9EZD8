--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7f2bee0bc44fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b4cc84caa443f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4822dace02346c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe1942fe123a4b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dcd776215b64a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4822dace02346c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3118d3ee45e4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe1942fe123a4b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>