--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R547c44e2ced4464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6a037ae3884c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e2e61be26c94ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red60e6cfb5d94a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf472aba1f049465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e2e61be26c94ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdffd7cfc97794960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red60e6cfb5d94a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>314,315</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>