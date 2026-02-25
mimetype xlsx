--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6a037ae3884c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c6630ba82147de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red60e6cfb5d94a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e93ecbddd2431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdffd7cfc97794960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red60e6cfb5d94a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02aa2fcec553410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e93ecbddd2431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>