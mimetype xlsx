--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1f701af7284133" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae636b7bd039468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc253402589492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e7d48f03c54d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4b0925a19b4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc253402589492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3992abfc8f44cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e7d48f03c54d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>121,187</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,054</x:t>
-[...281 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,368</x:t>
-[...63 lines deleted...]
-          <x:t>121,325</x:t>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>