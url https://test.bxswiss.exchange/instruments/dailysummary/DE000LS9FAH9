--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae636b7bd039468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf751d0680a9f411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e7d48f03c54d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54f7a8bd9c247f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3992abfc8f44cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e7d48f03c54d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb076a0bfa1c2466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54f7a8bd9c247f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>120,998</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,924</x:t>
-[...404 lines deleted...]
-          <x:t>120,970</x:t>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>