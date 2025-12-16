--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64146f4d26424433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55b791b899c4e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e77d16deb2349cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1a971a498944f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf07354ae8fca4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e77d16deb2349cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7098fca5ed3c4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1a971a498944f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>206,608</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>