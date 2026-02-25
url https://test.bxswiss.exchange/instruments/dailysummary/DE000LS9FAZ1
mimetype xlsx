--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55b791b899c4e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6407440d17414ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1a971a498944f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b674a6fee14592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7098fca5ed3c4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1a971a498944f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9bd1630b0e24dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b674a6fee14592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>