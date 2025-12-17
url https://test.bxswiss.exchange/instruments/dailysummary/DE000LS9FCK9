--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff6ad11be344e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cdf51278614994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e5f955a3a24410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf804c0d21c24362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42283dda4a76405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e5f955a3a24410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b0a64fd0cb4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf804c0d21c24362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>255,227</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>