--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cdf51278614994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f28e2b1bb7d467e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf804c0d21c24362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9654bb7622834f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b0a64fd0cb4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf804c0d21c24362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f09f4967ce4172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9654bb7622834f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>