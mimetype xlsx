--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ed21942c81d4a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad0db8bf9ba4063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4430f83199334fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a3615a34e44f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01abbb2b713c4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4430f83199334fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86534cb313b4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a3615a34e44f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>88,024</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,963</x:t>
-[...517 lines deleted...]
-          <x:t>86,930</x:t>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>