--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad0db8bf9ba4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c68aa1430342fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a3615a34e44f6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87fb18d36dca4036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86534cb313b4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a3615a34e44f6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162c1db8e7a54c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87fb18d36dca4036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>