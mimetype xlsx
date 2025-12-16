--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d906959c023491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920a6e47cb86433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1d7dbbb0ce249bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6b119569074446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf664b94d4942e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1d7dbbb0ce249bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2745fd41aeb442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6b119569074446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>259,775</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>