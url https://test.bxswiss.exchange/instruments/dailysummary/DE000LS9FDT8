--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920a6e47cb86433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1053d02889314f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6b119569074446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95becd86131843a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2745fd41aeb442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6b119569074446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6815b9497047a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95becd86131843a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>