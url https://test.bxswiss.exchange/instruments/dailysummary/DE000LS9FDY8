--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d90949ba27f44ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5405984c2eac4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3b55176bc004dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcfcfb1e6b834809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166911f8d10c444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3b55176bc004dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65abcfdb158442a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcfcfb1e6b834809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,990</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>