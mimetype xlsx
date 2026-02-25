--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5405984c2eac4241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6e35c703704b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcfcfb1e6b834809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b85c572e2145e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65abcfdb158442a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcfcfb1e6b834809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b248ce027a46dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b85c572e2145e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>