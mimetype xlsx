--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b498ec9bdaa4262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed8c0cfd8c848e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14d3459d0164c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce041de59694832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36487d63972f41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14d3459d0164c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966d300e4e8d4c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce041de59694832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,050</x:t>
-[...306 lines deleted...]
-          <x:t>102,175</x:t>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>