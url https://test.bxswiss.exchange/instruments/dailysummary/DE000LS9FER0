--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60bf371b57cc47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b7f702a047490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f97d0c1e50b43f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03b95a566744767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b1eabcda7e4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f97d0c1e50b43f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67c4d5c3f874201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03b95a566744767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,009</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>