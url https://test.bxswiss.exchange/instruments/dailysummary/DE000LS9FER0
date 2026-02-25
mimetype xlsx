--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b7f702a047490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21aaec6045564f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03b95a566744767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f3abc7d6b64ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67c4d5c3f874201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03b95a566744767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe942264dad8403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f3abc7d6b64ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>