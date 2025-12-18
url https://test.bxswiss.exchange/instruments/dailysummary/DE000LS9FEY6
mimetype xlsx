--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reacda151007f41fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12157957294e47e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0d0eb5e4244257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292ff18378ef4535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf06b3626f5504dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0d0eb5e4244257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc802a659d0b944e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292ff18378ef4535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,692</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>