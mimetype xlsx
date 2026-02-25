--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12157957294e47e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3792543b27f453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292ff18378ef4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc6385e198a4242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc802a659d0b944e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292ff18378ef4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6356e4f04f774aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc6385e198a4242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>