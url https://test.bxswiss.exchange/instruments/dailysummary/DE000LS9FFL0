--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd09e0a8c014022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e1e6da4eea4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3f92c66f1f43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbf0d08f0694e8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5a91448f7d144bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3f92c66f1f43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8046720aeb149eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbf0d08f0694e8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>114,554</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,429</x:t>
-[...281 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,725</x:t>
-[...63 lines deleted...]
-          <x:t>114,684</x:t>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>