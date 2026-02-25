--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e1e6da4eea4109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2466d1d0a3c14c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbf0d08f0694e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634a535224694364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8046720aeb149eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbf0d08f0694e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296f4b9ff095492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634a535224694364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>114,375</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,304</x:t>
-[...377 lines deleted...]
-          <x:t>114,393</x:t>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>