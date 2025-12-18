--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c63b272db2f447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333f1276e4e04581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811c183ae23b4a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56d80faf34a4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1695c33a498f4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811c183ae23b4a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583354c2810d438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56d80faf34a4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Passiv Momentum 12M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>356,424</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>