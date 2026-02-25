--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333f1276e4e04581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931b3c0170eb4950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56d80faf34a4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde399fb0fba14c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583354c2810d438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56d80faf34a4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866f16246d0b4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde399fb0fba14c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Passiv Momentum 12M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>339,675</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>335,748</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>