--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f574cdb173b4896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a140c26fa74e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aee7a9678f64da0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10654da0564a4555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc95c2ac51b048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aee7a9678f64da0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49abeef517394077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10654da0564a4555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>290,224</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>