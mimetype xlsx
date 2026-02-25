--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a140c26fa74e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaaaedaf77484ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10654da0564a4555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0baebc40fde4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49abeef517394077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10654da0564a4555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6915a199a946d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0baebc40fde4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>