--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd696812309a4c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae5572f680b43b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c79f43182942f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb35bb096084402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465d6e0f0f354d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c79f43182942f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447257c99095430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb35bb096084402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>432,715</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>