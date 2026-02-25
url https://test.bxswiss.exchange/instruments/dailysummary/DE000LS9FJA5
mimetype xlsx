--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae5572f680b43b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f4222bfcf543cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb35bb096084402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d7bd94fe2b45f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447257c99095430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb35bb096084402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095b23270be14ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d7bd94fe2b45f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>438,459</x:t>
-[...441 lines deleted...]
-          <x:t>436,018</x:t>
+          <x:t>439,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>