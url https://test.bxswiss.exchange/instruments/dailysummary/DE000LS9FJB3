--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d286269e74c4ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341dcc5226a94221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa381996331d49c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f9e4a224a1d4054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b0b791be2184d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa381996331d49c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R858350dbcb684817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f9e4a224a1d4054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ST Trendfolge Aktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>371,921</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>