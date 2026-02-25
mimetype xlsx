--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341dcc5226a94221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e55fe1868645e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f9e4a224a1d4054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aab3315c2744464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R858350dbcb684817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f9e4a224a1d4054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05993dcbbee4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aab3315c2744464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ST Trendfolge Aktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>356,292</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>355,525</x:t>
-[...139 lines deleted...]
-          <x:t>349,438</x:t>
+          <x:t>354,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>