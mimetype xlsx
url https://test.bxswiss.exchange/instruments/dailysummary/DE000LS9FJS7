--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc326b9c755a64399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcaff3176684b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362bacd7c28d44b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e6a202f1d74233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2c62cc522d4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362bacd7c28d44b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794e76823d5c4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e6a202f1d74233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,860</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>