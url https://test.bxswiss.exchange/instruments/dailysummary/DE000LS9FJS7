--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcaff3176684b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3288ec2682445af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e6a202f1d74233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3101713b414db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794e76823d5c4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e6a202f1d74233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de6b123a57c4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3101713b414db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>