--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa02c7d8b3b48d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0916a1495d4668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aeda921013e4325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef838c231274d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893c7b77d3b54cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aeda921013e4325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b2741cb392b47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef838c231274d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>430,435</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>