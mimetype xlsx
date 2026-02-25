--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0916a1495d4668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea6f750f91042a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef838c231274d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd5fe4bb60b492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b2741cb392b47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef838c231274d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78acbe402344562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd5fe4bb60b492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>401,603</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>398,446</x:t>
-[...161 lines deleted...]
-          <x:t>405,600</x:t>
+          <x:t>399,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>