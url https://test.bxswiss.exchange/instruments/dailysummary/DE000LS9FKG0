--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e4d9465a864926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d09cae3ed79493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3830e46f3742469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bffba31172f4a23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b72f8f18e14a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3830e46f3742469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc5089ed45b4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bffba31172f4a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,572</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>