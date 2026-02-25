--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d09cae3ed79493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464049d4b1914a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bffba31172f4a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52806ec885494017"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc5089ed45b4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bffba31172f4a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9334f52f55664be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52806ec885494017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>159,670</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>