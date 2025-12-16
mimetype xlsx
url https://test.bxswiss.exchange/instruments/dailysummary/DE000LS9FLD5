--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab53c737c67495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc126b67273c2483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c99516513b4f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc522084995794b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0c7dc06a254ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c99516513b4f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c50c357afb4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc522084995794b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TPHealth_and_Hightech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>151,764</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>152,763</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>