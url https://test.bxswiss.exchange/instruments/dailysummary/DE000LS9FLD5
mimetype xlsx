--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc126b67273c2483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd540b8dd641144a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc522084995794b06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0faa82746d6742b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c50c357afb4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc522084995794b06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c98d201dad466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0faa82746d6742b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TPHealth_and_Hightech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>