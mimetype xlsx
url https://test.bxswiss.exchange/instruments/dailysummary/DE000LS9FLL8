--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8c7668f69e4024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970c7d9cf66a406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609a267148574a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911fb14b0378470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6237416c265429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609a267148574a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30dec55f6364f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911fb14b0378470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,533</x:t>
-[...26 lines deleted...]
-          <x:t>143,554</x:t>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,235</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>143,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>