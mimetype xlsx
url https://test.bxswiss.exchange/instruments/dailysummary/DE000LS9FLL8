--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970c7d9cf66a406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra399dcfd87b94634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911fb14b0378470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8790d52bf4ab4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30dec55f6364f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911fb14b0378470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6ea56c35524ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8790d52bf4ab4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>