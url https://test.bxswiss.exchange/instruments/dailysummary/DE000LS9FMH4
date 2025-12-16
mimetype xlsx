--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0611d308cd04297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f5c731e77b43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ab7054fbbe4404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287e9534ac2f4e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc183842a2c484864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ab7054fbbe4404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra37e6ad691484c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287e9534ac2f4e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,964</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>