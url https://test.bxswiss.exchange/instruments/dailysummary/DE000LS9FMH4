--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f5c731e77b43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb8c0d1d04c4781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287e9534ac2f4e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b29d906333b4127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra37e6ad691484c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287e9534ac2f4e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c51afb7f60745b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b29d906333b4127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>