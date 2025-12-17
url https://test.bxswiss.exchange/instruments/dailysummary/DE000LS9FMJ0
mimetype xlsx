--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974915508e3a460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9fd884258a4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c40b7b876b47e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13909460e534b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd70b4440ad45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c40b7b876b47e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefc6c4b5074472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13909460e534b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,955</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>