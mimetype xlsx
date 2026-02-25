--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9fd884258a4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97995a1abe214388" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13909460e534b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd082b619ad9a41a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefc6c4b5074472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13909460e534b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96a016659414529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd082b619ad9a41a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>142,463</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>142,506</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>