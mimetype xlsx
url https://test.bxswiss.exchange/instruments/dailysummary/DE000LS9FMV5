--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3c8a1e42254a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6883ed06b5144042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc14356118743eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7937af538a8a451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d9042923254979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc14356118743eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3329892764f4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7937af538a8a451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,168</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>