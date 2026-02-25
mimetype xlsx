--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6883ed06b5144042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f26dc6ca2d4f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7937af538a8a451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac540645c334ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3329892764f4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7937af538a8a451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad029dfb2a624b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac540645c334ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,805</x:t>
-[...16 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,075</x:t>
-[...333 lines deleted...]
-          <x:t>114,568</x:t>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>