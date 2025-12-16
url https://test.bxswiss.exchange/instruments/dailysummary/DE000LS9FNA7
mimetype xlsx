--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7543eee5a6f74431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c6419f6b724274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red74d9147c564d2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e20466499d4c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recaf2f0cd9aa4f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red74d9147c564d2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5742aaf02e2f4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e20466499d4c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,936</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>