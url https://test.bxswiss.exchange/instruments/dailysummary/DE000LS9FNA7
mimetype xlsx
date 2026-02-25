--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c6419f6b724274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f79cfcb6544514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e20466499d4c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d7dd22ad7ea4da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5742aaf02e2f4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e20466499d4c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ea1ac8707447d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d7dd22ad7ea4da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,835</x:t>
-[...144 lines deleted...]
-          <x:t>134,051</x:t>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>