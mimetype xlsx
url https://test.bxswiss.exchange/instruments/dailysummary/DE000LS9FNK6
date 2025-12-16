--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e6861d847f489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f3e4f659fe4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a3b68c3676d4ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60beb4ce6d2b46b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab85d1f49d614e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a3b68c3676d4ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b041dea68f4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60beb4ce6d2b46b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,092</x:t>
-[...26 lines deleted...]
-          <x:t>145,317</x:t>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>148,408</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,448</x:t>
-[...134 lines deleted...]
-          <x:t>148,596</x:t>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>