--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f3e4f659fe4c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914930632b604960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60beb4ce6d2b46b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e36c9f2e5c6492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b041dea68f4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60beb4ce6d2b46b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa44136a8a444bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e36c9f2e5c6492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>