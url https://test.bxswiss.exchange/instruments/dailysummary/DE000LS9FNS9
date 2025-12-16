--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77a439b4270748e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a4c54464a7469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d9094b8c974d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696185ec024e4c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9faae628794cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d9094b8c974d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aac690721c24e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696185ec024e4c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>270,518</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>269,318</x:t>
-[...215 lines deleted...]
-          <x:t>265,086</x:t>
+          <x:t>268,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>