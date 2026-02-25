--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a4c54464a7469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377c87f4906048c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696185ec024e4c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dad07e78804ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aac690721c24e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696185ec024e4c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1812f1e97e5247bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dad07e78804ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>