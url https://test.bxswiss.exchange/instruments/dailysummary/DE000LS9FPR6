--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae50ed5ec2e4b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8a67ef149f4e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da5a06342bd442f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cb4dc9ff264cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc633684f134b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da5a06342bd442f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7141e1a7088412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cb4dc9ff264cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>248,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>