--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8a67ef149f4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb392c1bde2c49f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cb4dc9ff264cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e94de7abc5244bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7141e1a7088412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cb4dc9ff264cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb778722c9cf24f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e94de7abc5244bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>