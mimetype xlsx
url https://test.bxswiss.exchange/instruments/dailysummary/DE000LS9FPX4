--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4433f63a8f48b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244b8599602e437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe755192944458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01192c1f949746f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae04bd0908945ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe755192944458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5dc519ed8740b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01192c1f949746f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,235</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>