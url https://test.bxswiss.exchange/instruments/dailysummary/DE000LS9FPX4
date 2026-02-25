--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244b8599602e437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd779bd4cda41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01192c1f949746f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref14f15e9a3c4079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5dc519ed8740b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01192c1f949746f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf87eb411a5ae43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref14f15e9a3c4079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>