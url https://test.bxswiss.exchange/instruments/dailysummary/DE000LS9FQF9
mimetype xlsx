--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb570f9e3d6504946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904846a9067b433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaccda3028ec43b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b9e431a42c4782"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eea908d87ce412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaccda3028ec43b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4c60f97a514563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b9e431a42c4782" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>508,960</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>