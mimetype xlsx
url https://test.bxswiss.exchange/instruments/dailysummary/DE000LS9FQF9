--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904846a9067b433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e3d6b135674daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b9e431a42c4782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b6201712484b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4c60f97a514563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b9e431a42c4782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560f9d4ce20e4ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b6201712484b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>538,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>