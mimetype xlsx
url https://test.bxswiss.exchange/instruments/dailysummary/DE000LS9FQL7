--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea2e55d0e224ed0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c64e499311d4540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2f786f82464df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28a5d3dbc7e44f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3dd4c61d5b04b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2f786f82464df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d90a72193404897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28a5d3dbc7e44f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>383,184</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>