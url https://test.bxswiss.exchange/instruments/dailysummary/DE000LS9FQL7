--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c64e499311d4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c47ac0f083e49c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28a5d3dbc7e44f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8aff2e7b034200"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d90a72193404897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28a5d3dbc7e44f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264a3a3003cb4395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8aff2e7b034200" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>