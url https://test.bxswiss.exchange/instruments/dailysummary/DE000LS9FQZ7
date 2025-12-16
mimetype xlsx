--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687f414ddbd0414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18fa105a118477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d3cf442d5343bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4342b8800f5d4f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5dfac5d0e1458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d3cf442d5343bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07075086a38486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4342b8800f5d4f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Ager und Silver Surfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>315,209</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>