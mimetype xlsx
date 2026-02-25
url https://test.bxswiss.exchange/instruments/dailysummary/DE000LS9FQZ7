--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18fa105a118477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bd2e152c654244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4342b8800f5d4f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46c32f70cca4289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07075086a38486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4342b8800f5d4f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a0815108754124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46c32f70cca4289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Ager und Silver Surfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>