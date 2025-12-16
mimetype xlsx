--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb88ed2df30cd4869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b93e5fc798d4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6211c631374a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607c19d11cbd430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8fe5926af8462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6211c631374a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9122d1a02ec49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607c19d11cbd430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen vor dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>211,734</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>