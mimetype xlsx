--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b93e5fc798d4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd385a5cae321459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607c19d11cbd430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ac403ef18a4f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9122d1a02ec49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607c19d11cbd430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442b23422a6442fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ac403ef18a4f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen vor dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>