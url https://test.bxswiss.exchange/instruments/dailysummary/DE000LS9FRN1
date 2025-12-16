--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88b2da5262c4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14763ef1083b4422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06763b735f6e465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0afcf06b8554396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95607b44d7d34d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06763b735f6e465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66827794b97b4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0afcf06b8554396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,306</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>