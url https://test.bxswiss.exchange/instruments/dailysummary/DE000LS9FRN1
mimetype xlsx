--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14763ef1083b4422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82bcea21eb9b4c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0afcf06b8554396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9bc97cdfb74f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66827794b97b4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0afcf06b8554396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3dc431edc3412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9bc97cdfb74f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>124,146</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>128,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,432</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>128,328</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>126,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>