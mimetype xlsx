--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b5f1c14ba04794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5261906d8627454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1af9eac9a94f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd433497671d46c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4957781d0b704e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1af9eac9a94f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d9d8719cc3463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd433497671d46c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>191,330</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>