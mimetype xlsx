--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810c4e8223694ab4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9537dc40d314604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R704fba96e09448a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf725d165910a4a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3471450d214028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R704fba96e09448a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628deaa88d61444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf725d165910a4a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die beliebtesten Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>277,246</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>