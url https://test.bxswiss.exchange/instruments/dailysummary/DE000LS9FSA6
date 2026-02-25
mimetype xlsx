--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9537dc40d314604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec91d5e6eca45f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf725d165910a4a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra643fef174434e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628deaa88d61444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf725d165910a4a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2309b152c37c451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra643fef174434e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die beliebtesten Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>