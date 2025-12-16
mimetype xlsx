--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2012a0af038448dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1732bc64681e4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba83869f36374284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42126f99e40949bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded0cf73b937482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba83869f36374284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366c4fde7eb04b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42126f99e40949bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,908</x:t>
-[...26 lines deleted...]
-          <x:t>88,067</x:t>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,744</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>88,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>