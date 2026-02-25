--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1732bc64681e4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8433c3dbd297462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42126f99e40949bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f9c37c9ed4f4056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366c4fde7eb04b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42126f99e40949bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b2cd6ae1fb4423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f9c37c9ed4f4056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>87,792</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,730</x:t>
-[...377 lines deleted...]
-          <x:t>87,744</x:t>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>