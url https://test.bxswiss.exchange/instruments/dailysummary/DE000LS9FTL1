--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcaa6637c054758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3596b543f0544b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a58ad2425304fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ebc646a71d442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd060dcca374745f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a58ad2425304fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree974035c3e24be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ebc646a71d442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DEDUCTIO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>163,655</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,828</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,110</x:t>
-[...144 lines deleted...]
-          <x:t>164,268</x:t>
+          <x:t>164,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>