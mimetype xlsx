--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3596b543f0544b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa045b5eb7742e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ebc646a71d442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597d9d6786c74896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree974035c3e24be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ebc646a71d442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5193d50b9f4348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597d9d6786c74896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DEDUCTIO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>