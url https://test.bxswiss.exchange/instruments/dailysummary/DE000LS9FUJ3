--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624eb82a3b8748b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8d0f848c4e4e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971b65dffd5b45a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeaff1a69d6546c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172fb756b35d4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971b65dffd5b45a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fe5eb0834d44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeaff1a69d6546c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,530</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>