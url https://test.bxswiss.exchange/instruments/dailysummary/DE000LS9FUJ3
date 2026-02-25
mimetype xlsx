--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8d0f848c4e4e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63abeb5170bf449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeaff1a69d6546c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7568a026ea074574"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fe5eb0834d44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeaff1a69d6546c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124ac27f7e1743f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7568a026ea074574" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>