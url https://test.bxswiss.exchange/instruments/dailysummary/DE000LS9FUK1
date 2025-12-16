--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d2347df38b45b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cc5706fe8e4a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9997409bc53041b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbd2ce554574da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef8389052a84e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9997409bc53041b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7944eeb977904460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbd2ce554574da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Industrie 4.0 Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,070</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>