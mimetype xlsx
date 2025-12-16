--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802602296dbb4983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1527a1610054601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recfca3a604424a73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0dc0c1435ba464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a8a36594c9492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recfca3a604424a73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fe544846644ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0dc0c1435ba464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>478,979</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>