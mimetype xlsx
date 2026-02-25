--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1527a1610054601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ae3ef9564574f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0dc0c1435ba464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ab0b227b6d493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fe544846644ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0dc0c1435ba464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21983ce8d58d42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ab0b227b6d493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>