--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12020bc75a6741ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a03bebd2c04bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfed358a44f064196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad77b1ed9285489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3b34d2238248b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfed358a44f064196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b59cd1aea5d44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad77b1ed9285489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>9,192</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,063</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>9,116</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,008</x:t>
-[...274 lines deleted...]
-          <x:t>9,552</x:t>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>