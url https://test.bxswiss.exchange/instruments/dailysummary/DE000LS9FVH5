--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a03bebd2c04bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc40c80b17374e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad77b1ed9285489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb75cf5892404f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b59cd1aea5d44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad77b1ed9285489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4282a9ee051041f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb75cf5892404f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>8,838</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,756</x:t>
-[...119 lines deleted...]
-          <x:t>8,607</x:t>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>8,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>