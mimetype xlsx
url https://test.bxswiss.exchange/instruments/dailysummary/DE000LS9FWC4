--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afbf9a7f0954a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0253a5589f704d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc13b009635334963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6fbf42f38849f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92cc5d5b30a4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc13b009635334963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2619e813fdd4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6fbf42f38849f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>245,288</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>