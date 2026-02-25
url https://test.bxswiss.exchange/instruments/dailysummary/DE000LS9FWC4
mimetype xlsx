--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0253a5589f704d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92692378625f4ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6fbf42f38849f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298ecc7d145f47ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2619e813fdd4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6fbf42f38849f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295c74ddaa3647a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298ecc7d145f47ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>235,586</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>234,256</x:t>
-[...43 lines deleted...]
-          <x:t>236,623</x:t>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>229,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>