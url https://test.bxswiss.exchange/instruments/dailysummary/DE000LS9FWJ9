--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81c7a2549c774e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13961559de564ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R648e7e3affe04eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a9b327be5644425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra955f15b1e46499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R648e7e3affe04eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73521cafad6d4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a9b327be5644425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>269,556</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>