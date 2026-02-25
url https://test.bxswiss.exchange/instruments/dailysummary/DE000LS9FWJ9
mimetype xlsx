--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13961559de564ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe23818ed704231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a9b327be5644425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11c0458aeb540e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73521cafad6d4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a9b327be5644425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281a37289b384157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11c0458aeb540e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>284,224</x:t>
-[...225 lines deleted...]
-          <x:t>287,021</x:t>
+          <x:t>284,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>