--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e0c773695f4515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fc4756b47b4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b0bf51c1da45ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c71ec40a9fa4144"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317edc37c87445f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b0bf51c1da45ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18938d8d92fd4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c71ec40a9fa4144" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VINDOBONA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>74,879</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>