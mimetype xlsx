--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fc4756b47b4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6fc5ac1e55486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c71ec40a9fa4144"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e761f5403e4c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18938d8d92fd4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c71ec40a9fa4144" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf34c04157a674651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e761f5403e4c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VINDOBONA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>77,305</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,682</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>79,553</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>