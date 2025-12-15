--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8defaad393974e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f622250e8074a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1971a556ef964336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3586ce37d0d040ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67952e6c97c14d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1971a556ef964336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ace0f2cfb14456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3586ce37d0d040ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,098</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>