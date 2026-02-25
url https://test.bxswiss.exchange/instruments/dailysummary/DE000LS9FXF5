--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f622250e8074a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4639e8827edc429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3586ce37d0d040ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26025df171cf49a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ace0f2cfb14456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3586ce37d0d040ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63d82c0bf814724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26025df171cf49a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>152,010</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,653</x:t>
-[...193 lines deleted...]
-          <x:t>153,183</x:t>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>