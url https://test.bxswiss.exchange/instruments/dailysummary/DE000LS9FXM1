--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b41c92835e74064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c7e9b004e84912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f35840cbaf84ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3962a8153e3a4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf7b578e8274c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f35840cbaf84ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d7c1bcda2e84505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3962a8153e3a4c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>52,477</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,356</x:t>
-[...75 lines deleted...]
-          <x:t>52,553</x:t>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,436</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>52,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>