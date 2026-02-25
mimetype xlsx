--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c7e9b004e84912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50d290785d54944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3962a8153e3a4c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7601d764a06548e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d7c1bcda2e84505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3962a8153e3a4c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf007125b5ea3472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7601d764a06548e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>52,182</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,097</x:t>
-[...458 lines deleted...]
-          <x:t>52,436</x:t>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>