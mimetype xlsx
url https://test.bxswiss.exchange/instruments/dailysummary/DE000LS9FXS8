--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b66c7808695426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e69393e2e44191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309a3962424c4575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653321211b2b4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2fa9e84651344f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309a3962424c4575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cff9ba44584cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653321211b2b4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,144</x:t>
-[...279 lines deleted...]
-          <x:t>132,763</x:t>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>