--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e69393e2e44191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac27305d54324ef2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653321211b2b4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a911154f0c4f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cff9ba44584cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653321211b2b4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaaecaab54b849f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a911154f0c4f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>136,662</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>138,318</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>