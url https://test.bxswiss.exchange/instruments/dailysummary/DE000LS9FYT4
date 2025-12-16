--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ceac3114d6b4827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4bfa4c66474398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab3becf2da54037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf87bed6c5f2407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153d03a4beec441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab3becf2da54037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7109547853e4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf87bed6c5f2407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>279,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>