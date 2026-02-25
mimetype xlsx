--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4bfa4c66474398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcc0cfca8ce429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf87bed6c5f2407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d42fe1c18394f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7109547853e4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf87bed6c5f2407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003e6d1ccc45487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d42fe1c18394f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>274,407</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>277,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>