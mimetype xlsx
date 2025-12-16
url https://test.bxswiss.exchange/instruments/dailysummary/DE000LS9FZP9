--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf902e88e76c44cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b46f318d074759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e52b6f682ba42ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a5f986a6ff47e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3822d6f1194f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e52b6f682ba42ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd78fa5255f044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a5f986a6ff47e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>242,273</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>