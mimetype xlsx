--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b46f318d074759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d67c7589bf4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a5f986a6ff47e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67aad3829ce6405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd78fa5255f044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a5f986a6ff47e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c097ef867af4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67aad3829ce6405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>